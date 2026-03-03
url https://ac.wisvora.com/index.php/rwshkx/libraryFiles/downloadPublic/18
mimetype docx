--- v0 (2025-10-29)
+++ v1 (2026-03-03)
@@ -577,60 +577,51 @@
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED1C3D4">
       <w:pPr>
         <w:pStyle w:val="14"/>
         <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
         <w:ind w:firstLine="0" w:firstLineChars="0"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>摘  要：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>国</w:t>
-[...8 lines deleted...]
-        <w:t>际学研究采用SATI文献题录信息统计分析工具统计分析我国核心期刊双师型队伍研究情况。数据来源于CNKI数据库，发表日期为1994年--2024年。</w:t>
+        <w:t>国际学研究采用SATI文献题录信息统计分析工具统计分析我国核心期刊双师型队伍研究情况。数据来源于CNKI数据库，发表日期为1994年--2024年。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>（字体：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>楷</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Regular" w:hAnsi="Times New Roman Regular" w:eastAsia="楷体" w:cs="Times New Roman Regular"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>体10号，两端对齐，行距固定值1</w:t>
       </w:r>
@@ -919,52 +910,92 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="76F447EB">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="double"/>
-        </w:rPr>
-        <w:t>篇幅不超过7页，超过的每页加收300元人民币。</w:t>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>版面费890元，</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="double"/>
+        </w:rPr>
+        <w:t>篇幅不超过7页，超过的每页加收</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="double"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="double"/>
+        </w:rPr>
+        <w:t>00元人民币。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1477EB80">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorEastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57923AFB">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:b w:val="0"/>
@@ -3021,193 +3052,186 @@
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1497" w:right="1080" w:bottom="1440" w:left="1080" w:header="1020" w:footer="1077" w:gutter="0"/>
       <w:cols w:space="0" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
-    <w:altName w:val="汉仪书宋二KW"/>
+    <w:altName w:val="宋体-简"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0704020202090204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="黑体">
-    <w:altName w:val="汉仪中黑KW"/>
+    <w:altName w:val="黑体-简"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070409020205090404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="40007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="宋体-简">
+    <w:panose1 w:val="02010800040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080F0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="t">
     <w:altName w:val="苹方-简"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="苹方-简">
+    <w:panose1 w:val="020B0400000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002FF" w:usb1="7ACFFDFB" w:usb2="00000017" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="黑体-简">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="8000002F" w:usb1="0800004A" w:usb2="00000000" w:usb3="00000000" w:csb0="203E0000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0703020204020201"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Regular">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="楷体">
-    <w:altName w:val="汉仪楷体KW"/>
+    <w:altName w:val="楷体-简"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="楷体-简">
+    <w:panose1 w:val="02010600040101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202090204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:altName w:val="汉仪楷体简"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="汉仪书宋二KW">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="汉仪楷体简">
     <w:panose1 w:val="02010600000101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0800" w:usb2="00000002" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="6D54659A">
     <w:pPr>
       <w:pStyle w:val="5"/>
     </w:pPr>
     <w:r>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>outside</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -4047,82 +4071,101 @@
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="580B6E76">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:eastAsia="zh-CN"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Vol. 1 No. </w:t>
+                              <w:t xml:space="preserve">Vol. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                               </w:rPr>
-                              <w:t>9</w:t>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> No.</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="49997BDC">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>Oct.２０２５</w:t>
+                              <w:t>Feb.２０２５</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="20317C58">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                     <wps:wsp>
                       <wps:cNvPr id="6" name="文本框 6"/>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
@@ -4149,101 +4192,139 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1F05356F">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>第1卷第</w:t>
+                              <w:t>第</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                               </w:rPr>
-                              <w:t>9</w:t>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>卷第</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">期 </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="25DF9B73">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>２０２５年</w:t>
+                              <w:t>２０２</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                               </w:rPr>
-                              <w:t>10月</w:t>
+                              <w:t>6</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>年</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                                <w:spacing w:val="-20"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="20"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>2月</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0E5B4021">
                             <w:pPr>
                               <w:spacing w:line="220" w:lineRule="exact"/>
                               <w:jc w:val="distribute"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                                 <w:spacing w:val="-20"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
@@ -4340,175 +4421,232 @@
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke on="f" weight="0.5pt"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="580B6E76">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Vol. 1 No. </w:t>
+                        <w:t xml:space="preserve">Vol. </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                         </w:rPr>
-                        <w:t>9</w:t>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> No.</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="49997BDC">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>Oct.２０２５</w:t>
+                        <w:t>Feb.２０２５</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="20317C58">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:5577;top:1130;height:601;width:1246;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATJu3a70AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS4vCQBCE7wv+h6EFb+tEQZHoRCQgLuIefFy8tZnOAzM9&#10;MTPr69fvCILHoqq+ombzu6nFlVpXWVYw6EcgiDOrKy4UHPbL7wkI55E11pZJwYMczJPO1wxjbW+8&#10;pevOFyJA2MWooPS+iaV0WUkGXd82xMHLbWvQB9kWUrd4C3BTy2EUjaXBisNCiQ2lJWXn3Z9RsE6X&#10;v7g9Dc3kWaerTb5oLofjSKledxBNQXi6+0/43f7RCsbwuhJugEz+AVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBMm7drvQAA&#10;ANoAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke on="f" weight="0.5pt"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1F05356F">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>第1卷第</w:t>
+                        <w:t>第</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                         </w:rPr>
-                        <w:t>9</w:t>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>卷第</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">期 </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="25DF9B73">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>２０２５年</w:t>
+                        <w:t>２０２</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
                         </w:rPr>
-                        <w:t>10月</w:t>
+                        <w:t>6</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>年</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+                          <w:spacing w:val="-20"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>2月</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia" w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0E5B4021">
                       <w:pPr>
                         <w:spacing w:line="220" w:lineRule="exact"/>
                         <w:jc w:val="distribute"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                           <w:spacing w:val="-20"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
@@ -4527,90 +4665,91 @@
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="F6F9EB4A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F6F9EB4A"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:saveSubsetFonts/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiY2FiMjg5OWVkYzUzMzdlYzg1NjY3NGI4NDk2MGI4N2QifQ=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="775F722A"/>
     <w:rsid w:val="00447F82"/>
     <w:rsid w:val="005F2899"/>
     <w:rsid w:val="006959B6"/>
     <w:rsid w:val="009A441D"/>
     <w:rsid w:val="00AB1ACD"/>
     <w:rsid w:val="00DB7FBD"/>
     <w:rsid w:val="01CD2B81"/>
     <w:rsid w:val="0D8943FD"/>
+    <w:rsid w:val="0FBC2976"/>
     <w:rsid w:val="182D52EA"/>
     <w:rsid w:val="1A312930"/>
     <w:rsid w:val="215544BD"/>
     <w:rsid w:val="2C3F1489"/>
     <w:rsid w:val="2D945E18"/>
     <w:rsid w:val="32FF3E8B"/>
     <w:rsid w:val="336C62DB"/>
     <w:rsid w:val="35A653E8"/>
     <w:rsid w:val="377C6801"/>
     <w:rsid w:val="3A6467EB"/>
     <w:rsid w:val="3B37445F"/>
     <w:rsid w:val="3C3B4EAB"/>
     <w:rsid w:val="3CFF0268"/>
     <w:rsid w:val="3EFF322C"/>
     <w:rsid w:val="3FEEE908"/>
     <w:rsid w:val="3FEF0318"/>
     <w:rsid w:val="3FFAAF90"/>
     <w:rsid w:val="406243CC"/>
     <w:rsid w:val="40CA1BEA"/>
     <w:rsid w:val="418D5DEE"/>
     <w:rsid w:val="43396E18"/>
     <w:rsid w:val="43FC00EC"/>
     <w:rsid w:val="4F317A91"/>
     <w:rsid w:val="53CF1048"/>
     <w:rsid w:val="5BEF6D2B"/>
@@ -4620,51 +4759,53 @@
     <w:rsid w:val="6018205E"/>
     <w:rsid w:val="60223146"/>
     <w:rsid w:val="64CC3C50"/>
     <w:rsid w:val="6DFB9751"/>
     <w:rsid w:val="6FFA4BF7"/>
     <w:rsid w:val="701C6B8F"/>
     <w:rsid w:val="72665C4E"/>
     <w:rsid w:val="7569E1E8"/>
     <w:rsid w:val="75A33BF3"/>
     <w:rsid w:val="76CD589C"/>
     <w:rsid w:val="775F722A"/>
     <w:rsid w:val="7A116E46"/>
     <w:rsid w:val="7A74C3DB"/>
     <w:rsid w:val="7DBD4C73"/>
     <w:rsid w:val="7DD73B19"/>
     <w:rsid w:val="7DE20C95"/>
     <w:rsid w:val="7ED45422"/>
     <w:rsid w:val="7FF2440E"/>
     <w:rsid w:val="AFDAD15B"/>
     <w:rsid w:val="AFFFAB61"/>
     <w:rsid w:val="B3FED128"/>
     <w:rsid w:val="BFFDE2D7"/>
     <w:rsid w:val="D7FBC08E"/>
     <w:rsid w:val="DDBA5997"/>
     <w:rsid w:val="EDFEB646"/>
+    <w:rsid w:val="F0FF4F6A"/>
     <w:rsid w:val="F4EF8B41"/>
+    <w:rsid w:val="F6FFCEE6"/>
     <w:rsid w:val="FBFF3634"/>
     <w:rsid w:val="FE3F7F90"/>
     <w:rsid w:val="FEDF2F05"/>
     <w:rsid w:val="FF7FF9C3"/>
     <w:rsid w:val="FFF4490F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
@@ -5426,54 +5567,54 @@
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>2</Pages>
   <Words>1623</Words>
   <Characters>2348</Characters>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2476</CharactersWithSpaces>
-  <Application>WPS Office_12.1.22553.22553_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.24031.24031_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>陳未來</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.22553.22553</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.24031.24031</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>0B3CBEE1B954E498402DA768524511E4_43</vt:lpwstr>
+    <vt:lpwstr>D02D2659A73C3CB019885669CDCD606D_43</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiNGE1OGFlOWQ5ZWFmYmYyYzAxMTE4OGQ3ZWU3MGZkNDMiLCJ1c2VySWQiOiIzNjU3ODMwMDQifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>